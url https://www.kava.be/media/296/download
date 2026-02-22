--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -1,687 +1,1465 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26924"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ellmee\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://apbcommunity.sharepoint.com/sites/Q_at_Pharmacies-Auditeurs2/Documents partages/Auditeurs/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2CAAF8B5-8A16-4271-8D1F-D806B7BBC574}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="36" documentId="8_{4F62AEF5-A08E-4006-96A9-B435D82AEFD2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{89E6012D-2789-4D27-990D-69F4CD0FFFA7}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{26BB733A-F996-4613-ABE3-8A066AE24F86}"/>
   </bookViews>
   <sheets>
-    <sheet name="Formulierreacties 1" sheetId="1" r:id="rId1"/>
+    <sheet name="NL" sheetId="2" r:id="rId1"/>
+    <sheet name="FR" sheetId="1" r:id="rId2"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="129">
-[...4 lines deleted...]
-    <t>Souad Idrissi</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="307" uniqueCount="261">
+  <si>
+    <t>Nom et prénom</t>
+  </si>
+  <si>
+    <t>Code postal et commune</t>
+  </si>
+  <si>
+    <t>Adresse mail</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Langue</t>
+  </si>
+  <si>
+    <t>Région</t>
+  </si>
+  <si>
+    <t>DE NEEF Nicole</t>
+  </si>
+  <si>
+    <t>7000 Mons</t>
+  </si>
+  <si>
+    <t>nedeneef@outlook.fr</t>
+  </si>
+  <si>
+    <t>0498 283 677</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Nivelles;Ath;Mons;Soignies;Tournai;Thuin</t>
+  </si>
+  <si>
+    <t>DEFRANCE Isabelle</t>
+  </si>
+  <si>
+    <t>1200 Woluwé-Saint-Lambert</t>
+  </si>
+  <si>
+    <t>i.defrance@pharmadvance.be</t>
+  </si>
+  <si>
+    <t>0479 33 32 69</t>
+  </si>
+  <si>
+    <t>DEGROEF Nathalie</t>
+  </si>
+  <si>
+    <t>3090 Overijse</t>
+  </si>
+  <si>
+    <t>nathalie@nathaliedegroef.be</t>
+  </si>
+  <si>
+    <t>0495 64 43 65</t>
+  </si>
+  <si>
+    <t>DEGROS Emilie</t>
+  </si>
+  <si>
+    <t>6660 Houffalize</t>
+  </si>
+  <si>
+    <t>emiliedegros@gmail.com</t>
+  </si>
+  <si>
+    <t>0495 42 60 36</t>
+  </si>
+  <si>
+    <t>Liège; Verviers ; Arlon; Bastogne; Marche-en-Famenne; Neufchâteau</t>
+  </si>
+  <si>
+    <t>DUQUESNE Bertrand</t>
+  </si>
+  <si>
+    <t>4432 Xhendremael</t>
+  </si>
+  <si>
+    <t>justbegest@proximus.be</t>
+  </si>
+  <si>
+    <t>0475 62 77 24 </t>
+  </si>
+  <si>
+    <t>04 257 45 44  </t>
+  </si>
+  <si>
+    <t>FLAMENT Gaëtan</t>
+  </si>
+  <si>
+    <t>59600 Mairieux (France)</t>
+  </si>
+  <si>
+    <t>gaetan.flament@gmail.com</t>
+  </si>
+  <si>
+    <t>+33_6_50_36_32_86</t>
+  </si>
+  <si>
+    <t>Mons;Philippeville;Soignies;Tournai</t>
+  </si>
+  <si>
+    <t>GILDEMEESTER Patrick</t>
+  </si>
+  <si>
+    <t>4800 Verviers</t>
+  </si>
+  <si>
+    <t>pharmacien@upve.be</t>
+  </si>
+  <si>
+    <t>0498 78 59 96</t>
+  </si>
+  <si>
+    <t>Liège;Verviers ;Bastogne</t>
+  </si>
+  <si>
+    <t>HERNE Patrick</t>
+  </si>
+  <si>
+    <t>4041 Milmort</t>
+  </si>
+  <si>
+    <t>herne.patrick@belgacom.net</t>
+  </si>
+  <si>
+    <t>0471 61 27 51</t>
+  </si>
+  <si>
+    <t>Huy; Liège; Verviers ; Waremme; Marche-en-Famenne; Neufchâteau; Bastogne; Dinant; Namur; Philippeville</t>
+  </si>
+  <si>
+    <t>HOYEZ Martine</t>
+  </si>
+  <si>
+    <t>6200 Châtelet</t>
+  </si>
+  <si>
+    <t>pharmacie@pharmacie-hoyez.be</t>
+  </si>
+  <si>
+    <t>071 38 10 18</t>
+  </si>
+  <si>
+    <t>Nivelles;Charleroi;Thuin;Namur</t>
+  </si>
+  <si>
+    <t>LARÔME Sophie</t>
+  </si>
+  <si>
+    <t>1120 Bruxelles</t>
+  </si>
+  <si>
+    <t>sophie_hamelin@yahoo.com</t>
+  </si>
+  <si>
+    <t>0496 95 54 21</t>
+  </si>
+  <si>
+    <t>LAURENT Nicole</t>
+  </si>
+  <si>
+    <t>laurent-nicole@outlook.be</t>
+  </si>
+  <si>
+    <t>0497 89 93 72</t>
+  </si>
+  <si>
+    <t>Huy;Liège;Waremme;Verviers</t>
+  </si>
+  <si>
+    <t>LINARD Maud</t>
+  </si>
+  <si>
+    <t>5300 Andenne</t>
+  </si>
+  <si>
+    <t>audicomaud@gmail.com</t>
+  </si>
+  <si>
+    <t>085 84 14 13</t>
+  </si>
+  <si>
+    <t>Nivelles;Huy;Waremme;Marche-en-Famenne;Namur;Philippeville;Dinant;Charleroi</t>
+  </si>
+  <si>
+    <t>LUKASIK Sophie</t>
+  </si>
+  <si>
+    <t>7181 Arquennes</t>
+  </si>
+  <si>
+    <t>sophlukasik@hotmail.com</t>
+  </si>
+  <si>
+    <t>0497 70 84 49</t>
+  </si>
+  <si>
+    <t>Nivelles; Charleroi; La Louvière; Binche; Gembloux; Wavre; Waterloo; Enghien; Soignies; Mons</t>
+  </si>
+  <si>
+    <t>PITOCCO_DECONINCK_Vanessa</t>
+  </si>
+  <si>
+    <t>5621 Morialmé</t>
+  </si>
+  <si>
+    <t>ph.saintpierre@gmail.com</t>
+  </si>
+  <si>
+    <t>071 68 81 42</t>
+  </si>
+  <si>
+    <t>Philippeville;Namur;Dinant;Thuin;Charleroi</t>
+  </si>
+  <si>
+    <t>PIZZOFERRATO Nicolas</t>
+  </si>
+  <si>
+    <t>7030 Mons</t>
+  </si>
+  <si>
+    <t>pharmacien.pizzoferrato@gmail.com</t>
+  </si>
+  <si>
+    <t>0472 58 90 12</t>
+  </si>
+  <si>
+    <t>Nivelles; Ath; Mons; Soignies; Thuin; Tournai; Namur; Charleroi</t>
+  </si>
+  <si>
+    <t>SLABBAERT Anne</t>
+  </si>
+  <si>
+    <t>1730 Asse</t>
+  </si>
+  <si>
+    <t>ann_slabbaert@hotmail.com</t>
+  </si>
+  <si>
+    <t>0472 38 88 51</t>
+  </si>
+  <si>
+    <t>FR/NL</t>
+  </si>
+  <si>
+    <t>STAQUET Laurent</t>
+  </si>
+  <si>
+    <t>6181 Gouy-Lez-Piéton</t>
+  </si>
+  <si>
+    <t>lstaquet@skynet.be</t>
+  </si>
+  <si>
+    <t>0477 61 51 56</t>
+  </si>
+  <si>
+    <t>Charleroi;Mons;Thuin;Philippeville;Namur</t>
+  </si>
+  <si>
+    <t>TENRET Didier</t>
+  </si>
+  <si>
+    <t>6061_Montignies_sur_Sambre</t>
+  </si>
+  <si>
+    <t>d.tenret@urpc.be</t>
+  </si>
+  <si>
+    <t>0478 90 90 96</t>
+  </si>
+  <si>
+    <t>VANDEPOEL Louise</t>
+  </si>
+  <si>
+    <t>4000 Liège</t>
+  </si>
+  <si>
+    <t>louise_vandepoel@hotmail.com</t>
+  </si>
+  <si>
+    <t>0494 75 67 10</t>
+  </si>
+  <si>
+    <t>Huy;Liège;Waremme; Namur; Nivelles</t>
+  </si>
+  <si>
+    <t>VILAIN Robert</t>
+  </si>
+  <si>
+    <t>6120 Nalinnes</t>
+  </si>
+  <si>
+    <t>robert.vilain@skynet.be</t>
+  </si>
+  <si>
+    <t>0496 86 73 49</t>
+  </si>
+  <si>
+    <t>Charleroi;Thuin;Soignies;Philippeville</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF4D4D4D"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Bruxelles-Capitale</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF4D4D4D"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>;Nivelles;Charleroi;Namur</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF4D4D4D"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Bruxelles-Capitale</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF4D4D4D"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>;Nivelles;Namur;Vlaams-Brabant</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF4D4D4D"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Bruxelles-Capitale</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF4D4D4D"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>; Nivelles; Charleroi ; Huy; Liège; Verviers; Waremme; Arlon; Bastogne; Marche-en-Famenne; Neufchâteau; Virton; Dinant; Namur; Philippeville</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF4D4D4D"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Bruxelles-Capitale</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF4D4D4D"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>; Nivelles; Charleroi; Mons; Ath;Mouscron;Soignies; Thuin; Tournai; Huy; Liège; Verviers; Waremme; Arlon; Bastogne; Marche-en-Famenne; Neufchâteau; Virton; Dinant; Namur; Philippeville</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Aalst; </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF4D4D4D"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Brussel/Bruxelles</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF4D4D4D"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>; Dendermonde; Gent; Halle-Vilvoorde; Leuven; Brabant-Wallon</t>
+    </r>
+  </si>
+  <si>
+    <t>Voornaam</t>
+  </si>
+  <si>
+    <t>Naam</t>
+  </si>
+  <si>
+    <t>Postcode</t>
+  </si>
+  <si>
+    <t>Gemeente</t>
+  </si>
+  <si>
+    <t>Mail</t>
+  </si>
+  <si>
+    <t>Telefoonnummer</t>
+  </si>
+  <si>
+    <t>Taal</t>
+  </si>
+  <si>
+    <t>Regio</t>
+  </si>
+  <si>
+    <t>Ellyne</t>
+  </si>
+  <si>
+    <t>Meeus</t>
+  </si>
+  <si>
+    <t>Antwerpen</t>
+  </si>
+  <si>
+    <t>meeus.ellyne@gmail.com</t>
+  </si>
+  <si>
+    <t>0478/60 68 66</t>
+  </si>
+  <si>
+    <t>Nl</t>
+  </si>
+  <si>
+    <t>Antwerpen;Dendermonde;Mechelen;Sint-Niklaas;Turnhout;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Souad </t>
+  </si>
+  <si>
+    <t>EI Idrissi</t>
+  </si>
+  <si>
+    <t>Deurne</t>
   </si>
   <si>
     <t>souad-el@live.be</t>
   </si>
   <si>
-    <t>Antwerpen</t>
-[...17 lines deleted...]
-    <t>tom@tomherremans.com</t>
+    <t>0486/32.44.47</t>
+  </si>
+  <si>
+    <t>Antwerpen;</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>De Schrijver</t>
+  </si>
+  <si>
+    <t>Rijkevorsel</t>
+  </si>
+  <si>
+    <t>apotheekdeschrijver@telenet.be</t>
+  </si>
+  <si>
+    <t>03 314 60 38</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>Antwerpen;Turnhout;</t>
+  </si>
+  <si>
+    <t>Tom</t>
+  </si>
+  <si>
+    <t>Herremans</t>
+  </si>
+  <si>
+    <t>Oud-Turnhout</t>
+  </si>
+  <si>
+    <t>tomherremans@outlook.com</t>
   </si>
   <si>
     <t>0472 23 03 88</t>
   </si>
   <si>
-    <t>Antwerpen, Limburg</t>
-[...2 lines deleted...]
-    <t>Goedele Strauven</t>
+    <t>Antwerpen; Turnhout; Mol, Herentals, Geel, Heist-o/d-berg, Tessenderlo, Nijlen, Malle, Hoogstraten, Lier toevoegen.(ruime regio Kempen en Antwerpen)</t>
+  </si>
+  <si>
+    <t>Koen</t>
+  </si>
+  <si>
+    <t>VANDERBEKE</t>
+  </si>
+  <si>
+    <t>Liezele</t>
+  </si>
+  <si>
+    <t>koen.vanderbeke@skynet.be</t>
+  </si>
+  <si>
+    <t>0478/96.76.41</t>
+  </si>
+  <si>
+    <t>Antwerpen;Aalst;Dendermonde;Mechelen;Sint-Niklaas; Noorden van Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>Goedele</t>
+  </si>
+  <si>
+    <t>Strauven</t>
+  </si>
+  <si>
+    <t>Rotselaar</t>
   </si>
   <si>
     <t>goedelestrauven@gmail.com</t>
   </si>
   <si>
-    <t>Antwerpen, Oost-Vlaanderen, Vlaams-Brabant</t>
-[...2 lines deleted...]
-    <t>Lissa Van lent</t>
+    <t>0477 19 32 27</t>
+  </si>
+  <si>
+    <t>Hasselt;Leuven; Mechelen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lise </t>
+  </si>
+  <si>
+    <t>Tourwé</t>
+  </si>
+  <si>
+    <t>Tienen</t>
+  </si>
+  <si>
+    <t>lise@live.be</t>
+  </si>
+  <si>
+    <t>0483 03 48 54</t>
+  </si>
+  <si>
+    <t>Leuven;Oostende;</t>
+  </si>
+  <si>
+    <t>Ludo</t>
+  </si>
+  <si>
+    <t>Conings</t>
+  </si>
+  <si>
+    <t>Maasmechelen</t>
+  </si>
+  <si>
+    <t>apotheekdecon@gmail.com</t>
+  </si>
+  <si>
+    <t>089 76 44 47</t>
+  </si>
+  <si>
+    <t>Hasselt;Maaseik;Tongeren; en indien nodig heel de provincie Limburg</t>
+  </si>
+  <si>
+    <t>Maarten</t>
+  </si>
+  <si>
+    <t>Vanthoor</t>
+  </si>
+  <si>
+    <t>Oudsbergen</t>
+  </si>
+  <si>
+    <t>m_vanthoor@hotmail.com</t>
+  </si>
+  <si>
+    <t>0479/90 68 44</t>
+  </si>
+  <si>
+    <t>Hasselt;Maaseik;Leuven;Turnhout;</t>
+  </si>
+  <si>
+    <t>Bieke</t>
+  </si>
+  <si>
+    <t>Verhelst</t>
+  </si>
+  <si>
+    <t>Brugge</t>
+  </si>
+  <si>
+    <t>info@verhelstbieke.be</t>
+  </si>
+  <si>
+    <t>0468/13.73.03</t>
+  </si>
+  <si>
+    <t>Vadim</t>
+  </si>
+  <si>
+    <t>Huyghe</t>
+  </si>
+  <si>
+    <t>vadim.huyghe90@gmail.com</t>
+  </si>
+  <si>
+    <t>0494/15 38 76</t>
+  </si>
+  <si>
+    <t>Brugge;Eeklo;Diksmuide;Oostende;Roeselare;Tielt;Veurne;</t>
+  </si>
+  <si>
+    <t>Matthias</t>
+  </si>
+  <si>
+    <t>Luyckx</t>
+  </si>
+  <si>
+    <t>Loppem</t>
+  </si>
+  <si>
+    <t>matthias.luyckx@gmail.com</t>
+  </si>
+  <si>
+    <t>0478/71.53.33</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>Devos</t>
+  </si>
+  <si>
+    <t>Aartrijke</t>
+  </si>
+  <si>
+    <t>martin.devos@skynet.be</t>
+  </si>
+  <si>
+    <t>0479/45 99 49</t>
+  </si>
+  <si>
+    <t>Brugge;Diksmuide;Gent;Ieper;Kortrijk;Oostende;Roeselare;Tielt;Veurne;</t>
+  </si>
+  <si>
+    <t>Katrien</t>
+  </si>
+  <si>
+    <t>Verdonck</t>
+  </si>
+  <si>
+    <t>Oostende</t>
+  </si>
+  <si>
+    <t>info@verdonckpharmaconsulting.be</t>
+  </si>
+  <si>
+    <t>0486/685682</t>
+  </si>
+  <si>
+    <t>Brugge;Diksmuide;Oostende;Roeselare;Veurne;Tielt;Kortrijk;Ieper;Eeklo;Gent;</t>
+  </si>
+  <si>
+    <t>Ann</t>
+  </si>
+  <si>
+    <t>Decoster</t>
+  </si>
+  <si>
+    <t>Adinkerke</t>
+  </si>
+  <si>
+    <t>ann.decoster28@telenet.be</t>
+  </si>
+  <si>
+    <t>0496/68 57 64</t>
+  </si>
+  <si>
+    <t>Temmerman</t>
+  </si>
+  <si>
+    <t>Gent</t>
+  </si>
+  <si>
+    <t>audit@apotheektemmerman.be</t>
+  </si>
+  <si>
+    <t>09 223 60 55 </t>
+  </si>
+  <si>
+    <t>Brugge;Gent;Meetjesland; Knokke/Blankenberge/Oostende; Zelzate -  Wachtebeke;</t>
+  </si>
+  <si>
+    <t>Nicole</t>
+  </si>
+  <si>
+    <t>Mattelin</t>
+  </si>
+  <si>
+    <t>nicole.mattelin@telenet.be</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0494/21 96 42 </t>
+  </si>
+  <si>
+    <t>Gent;Halle-Vilvoorde;Eeklo;Mechelen;Sint-Niklaas;Aalst;Dendermonde;Oudenaarde;Tielt;</t>
+  </si>
+  <si>
+    <t>Jolien</t>
+  </si>
+  <si>
+    <t>Van Obbergen</t>
+  </si>
+  <si>
+    <t>Ressegem</t>
+  </si>
+  <si>
+    <t>info@apotheekaudit.be</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 0497/47.29.23</t>
+  </si>
+  <si>
+    <t>Aalst;Ath;Gent;Oudenaarde;Dendermonde;</t>
+  </si>
+  <si>
+    <t>Els</t>
+  </si>
+  <si>
+    <t>Cardoen</t>
+  </si>
+  <si>
+    <t>Borsbeke</t>
+  </si>
+  <si>
+    <t>cardoen.els@gmail.com</t>
+  </si>
+  <si>
+    <t>0494 649040</t>
+  </si>
+  <si>
+    <t>Aalst, Geraardsbergen, Wetteren, Ninove,Oudenaarde</t>
+  </si>
+  <si>
+    <t>Slabbaert</t>
+  </si>
+  <si>
+    <t>1730</t>
+  </si>
+  <si>
+    <t>Asse</t>
+  </si>
+  <si>
+    <t>0472/388.851</t>
+  </si>
+  <si>
+    <t>NL/FR</t>
+  </si>
+  <si>
+    <t>Brussel en Gent (dus ook Aalst, Zottegem, Wetteren,...), Dendermonde/Lokeren/Temse/Sint-Niklaas regio, heel het Brussels Gewest, geheel Vlaams -Brabant (regio Asse-Ternat-Opwijk-Merchtem-Denderleeuw-Liedekerke-Wemmel-Meise..., Pajottenland (Lennik, Gooik,...), Zennevallei, Overijse en omstreken, Tervuren, Ninove, regio tussen Brussel en Tienen (dus Kortenberg, Leuven, Aarschot, Rotselaar,...) en regio Mechelen; Waals-Brabant</t>
+  </si>
+  <si>
+    <t>Lissa</t>
+  </si>
+  <si>
+    <t>Van Lent</t>
+  </si>
+  <si>
+    <t>2880</t>
+  </si>
+  <si>
+    <t>Bornem</t>
   </si>
   <si>
     <t>lissa.van.lent@hotmail.com</t>
   </si>
   <si>
-    <t>Ann Slabbaert</t>
-[...8 lines deleted...]
-    <t>Philippe Verzele</t>
+    <t>0485/36.42.09</t>
+  </si>
+  <si>
+    <t>Antwerpen;Dendermonde;Mechelen;Sint-Niklaas; Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>Veronique</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schaubroeck </t>
+  </si>
+  <si>
+    <t xml:space="preserve">8620 </t>
+  </si>
+  <si>
+    <t>Nieuwpoort</t>
+  </si>
+  <si>
+    <t>veronique.schaubroeck@gmail.com.</t>
+  </si>
+  <si>
+    <t>0496/22 55 02</t>
+  </si>
+  <si>
+    <t>Brugge;Diksmuide;Ieper;Kortrijk;Veurne;Tielt;Roeselare;Oostende;</t>
+  </si>
+  <si>
+    <t>Laurence</t>
+  </si>
+  <si>
+    <t>Vanderstraeten</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9041 </t>
+  </si>
+  <si>
+    <t>Oostakker</t>
+  </si>
+  <si>
+    <t>laurencevds93@gmail.com</t>
+  </si>
+  <si>
+    <t>0470/01 65 43</t>
+  </si>
+  <si>
+    <t>Gent;Oudenaarde; Knokke</t>
+  </si>
+  <si>
+    <t>Philippe</t>
+  </si>
+  <si>
+    <t>Verzele</t>
+  </si>
+  <si>
+    <t>9700</t>
+  </si>
+  <si>
+    <t>Oudenaarde</t>
   </si>
   <si>
     <t>apr.verzele@gmail.com</t>
   </si>
   <si>
-    <t>Antwerpen, Oost-Vlaanderen, Vlaams-Brabant, West-Vlaanderen</t>
-[...308 lines deleted...]
-    <t>Gent</t>
+    <t>0479/656734</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Oost en West- Vlaandereen /  =Brugge;Oostende;Roeselare;Veurne;Kortrijk;Gent;Diksmuide;</t>
+  </si>
+  <si>
+    <t>Aalst;Brugge;Dendermonde;Diksmuide;Eeklo;Gent;Ieper;Kortrijk;Oostende; Oudenaarde;Roeselare;Sint-Niklaas;Veurne;</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Nathalie Degroef
-</t>
+      <t xml:space="preserve">Brugge,Oostende,Roeselare,Kortrijk,Kustregio,Gent, Antwerpen / </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
-        <rFont val="Calibri Light"/>
+        <rFont val="Aptos Narrow"/>
         <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t>(Enkel franstalig)</t>
+      <t>Noorderkempen (vertrekkend uit Zoersel)</t>
     </r>
-  </si>
-[...10 lines deleted...]
-    <t>Antwerpen, Limburg, Oost-Vlaanderen, Vlaams-Brabant, West-Vlaanderen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...12 lines deleted...]
-      <name val="Calibri Light"/>
+      <sz val="12"/>
+      <color rgb="FF4D4D4D"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="12"/>
       <color theme="1"/>
-      <name val="Calibri Light"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="Calibri Light"/>
+      <sz val="12"/>
+      <color rgb="FF4D4D4D"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="12"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri Light"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
+        <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="1">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FFDEDEDE"/>
+      </right>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FFDEDEDE"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFDEDEDE"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFDEDEDE"/>
+      </right>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FFDEDEDE"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFDEDEDE"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FFDEDEDE"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FFDEDEDE"/>
+      </right>
+      <top style="medium">
+        <color rgb="FFDEDEDE"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FFDEDEDE"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFDEDEDE"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFDEDEDE"/>
+      </right>
+      <top style="medium">
+        <color rgb="FFDEDEDE"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FFDEDEDE"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFDEDEDE"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color rgb="FFDEDEDE"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FFDEDEDE"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FFDEDEDE"/>
+      </right>
+      <top style="medium">
+        <color rgb="FFDEDEDE"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FFDEDEDE"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFDEDEDE"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFDEDEDE"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFDEDEDE"/>
+      </right>
+      <top style="medium">
+        <color rgb="FFDEDEDE"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFDEDEDE"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFDEDEDE"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFDEDEDE"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFDEDEDE"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color rgb="FFDEDEDE"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFDEDEDE"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFDEDEDE"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...34 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
-    <cellStyle name="Standaard" xfId="0" builtinId="0"/>
+  <cellStyles count="2">
+    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Sheets">
+    <a:clrScheme name="Office">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="FFFFFF"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4285F4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="EA4335"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="FBBC04"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="34A853"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="FF6D01"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="46BDC6"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="1155CC"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="1155CC"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Sheets">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-        <a:cs typeface="Arial"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-        <a:cs typeface="Arial"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -699,65 +1477,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -778,584 +1556,1557 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herne.patrick@belgacom.net" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophlukasik@hotmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:d.tenret@urpc.be" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nathalie@nathaliedegroef.be" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pharmacien@upve.be" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:audicomaud@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lstaquet@skynet.be" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:i.defrance@pharmadvance.be" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ann_slabbaert@hotmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robert.vilain@skynet.be" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nedeneef@outlook.fr" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gaetan.flament@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurent-nicole@outlook.be" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:justbegest@proximus.be" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pharmacien.pizzoferrato@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie_hamelin@yahoo.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louise_vandepoel@hotmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emiliedegros@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pharmacie@pharmacie-hoyez.be" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ph.saintpierre@gmail.com" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...3 lines deleted...]
-  <dimension ref="A1:F26"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D2B344D-CA48-4D4A-96D4-1037C9EB30B2}">
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D10" sqref="D10"/>
+      <selection activeCell="H13" sqref="H13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.5546875" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="22.109375" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="12" width="18.88671875" customWidth="1"/>
+    <col min="1" max="1" width="11.44140625" customWidth="1"/>
+    <col min="2" max="2" width="16.44140625" customWidth="1"/>
+    <col min="3" max="3" width="12.44140625" style="30" customWidth="1"/>
+    <col min="4" max="4" width="18.21875" customWidth="1"/>
+    <col min="5" max="5" width="34.21875" customWidth="1"/>
+    <col min="6" max="6" width="16.44140625" customWidth="1"/>
+    <col min="8" max="8" width="63.6640625" style="27" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="2" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="12" t="s">
+    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1" s="28" t="s">
+        <v>107</v>
+      </c>
+      <c r="B1" s="28" t="s">
+        <v>108</v>
+      </c>
+      <c r="C1" s="29" t="s">
+        <v>109</v>
+      </c>
+      <c r="D1" s="28" t="s">
+        <v>110</v>
+      </c>
+      <c r="E1" s="28" t="s">
+        <v>111</v>
+      </c>
+      <c r="F1" s="28" t="s">
+        <v>112</v>
+      </c>
+      <c r="G1" s="28" t="s">
+        <v>113</v>
+      </c>
+      <c r="H1" s="31" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A2" t="s">
+        <v>115</v>
+      </c>
+      <c r="B2" t="s">
+        <v>116</v>
+      </c>
+      <c r="C2" s="30">
+        <v>2018</v>
+      </c>
+      <c r="D2" t="s">
+        <v>117</v>
+      </c>
+      <c r="E2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F2" t="s">
+        <v>119</v>
+      </c>
+      <c r="G2" t="s">
+        <v>120</v>
+      </c>
+      <c r="H2" s="27" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C3" s="30">
+        <v>2100</v>
+      </c>
+      <c r="D3" t="s">
+        <v>124</v>
+      </c>
+      <c r="E3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F3" t="s">
+        <v>126</v>
+      </c>
+      <c r="G3" t="s">
+        <v>120</v>
+      </c>
+      <c r="H3" s="27" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C4" s="30">
+        <v>2310</v>
+      </c>
+      <c r="D4" t="s">
+        <v>130</v>
+      </c>
+      <c r="E4" t="s">
+        <v>131</v>
+      </c>
+      <c r="F4" t="s">
+        <v>132</v>
+      </c>
+      <c r="G4" t="s">
+        <v>133</v>
+      </c>
+      <c r="H4" s="27" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="27.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" t="s">
+        <v>135</v>
+      </c>
+      <c r="B5" t="s">
+        <v>136</v>
+      </c>
+      <c r="C5" s="30">
+        <v>2360</v>
+      </c>
+      <c r="D5" t="s">
+        <v>137</v>
+      </c>
+      <c r="E5" t="s">
+        <v>138</v>
+      </c>
+      <c r="F5" t="s">
+        <v>139</v>
+      </c>
+      <c r="G5" t="s">
+        <v>133</v>
+      </c>
+      <c r="H5" s="27" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C6" s="30">
+        <v>2870</v>
+      </c>
+      <c r="D6" t="s">
+        <v>143</v>
+      </c>
+      <c r="E6" t="s">
+        <v>144</v>
+      </c>
+      <c r="F6" t="s">
+        <v>145</v>
+      </c>
+      <c r="G6" t="s">
+        <v>133</v>
+      </c>
+      <c r="H6" s="27" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A7" t="s">
+        <v>147</v>
+      </c>
+      <c r="B7" t="s">
+        <v>148</v>
+      </c>
+      <c r="C7" s="30">
+        <v>3110</v>
+      </c>
+      <c r="D7" t="s">
+        <v>149</v>
+      </c>
+      <c r="E7" t="s">
+        <v>150</v>
+      </c>
+      <c r="F7" t="s">
+        <v>151</v>
+      </c>
+      <c r="G7" t="s">
+        <v>133</v>
+      </c>
+      <c r="H7" s="27" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A8" t="s">
+        <v>153</v>
+      </c>
+      <c r="B8" t="s">
+        <v>154</v>
+      </c>
+      <c r="C8" s="30">
+        <v>3300</v>
+      </c>
+      <c r="D8" t="s">
+        <v>155</v>
+      </c>
+      <c r="E8" t="s">
+        <v>156</v>
+      </c>
+      <c r="F8" t="s">
+        <v>157</v>
+      </c>
+      <c r="G8" t="s">
+        <v>120</v>
+      </c>
+      <c r="H8" s="27" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A9" t="s">
+        <v>159</v>
+      </c>
+      <c r="B9" t="s">
+        <v>160</v>
+      </c>
+      <c r="C9" s="30">
+        <v>3630</v>
+      </c>
+      <c r="D9" t="s">
+        <v>161</v>
+      </c>
+      <c r="E9" t="s">
+        <v>162</v>
+      </c>
+      <c r="F9" t="s">
+        <v>163</v>
+      </c>
+      <c r="G9" t="s">
+        <v>133</v>
+      </c>
+      <c r="H9" s="27" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A10" t="s">
+        <v>165</v>
+      </c>
+      <c r="B10" t="s">
+        <v>166</v>
+      </c>
+      <c r="C10" s="30">
+        <v>3660</v>
+      </c>
+      <c r="D10" t="s">
+        <v>167</v>
+      </c>
+      <c r="E10" t="s">
+        <v>168</v>
+      </c>
+      <c r="F10" t="s">
+        <v>169</v>
+      </c>
+      <c r="G10" t="s">
+        <v>133</v>
+      </c>
+      <c r="H10" s="27" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A11" t="s">
+        <v>171</v>
+      </c>
+      <c r="B11" t="s">
+        <v>172</v>
+      </c>
+      <c r="C11" s="30">
+        <v>8000</v>
+      </c>
+      <c r="D11" t="s">
+        <v>173</v>
+      </c>
+      <c r="E11" t="s">
+        <v>174</v>
+      </c>
+      <c r="F11" t="s">
+        <v>175</v>
+      </c>
+      <c r="G11" t="s">
+        <v>133</v>
+      </c>
+      <c r="H11" s="27" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A12" t="s">
+        <v>176</v>
+      </c>
+      <c r="B12" t="s">
+        <v>177</v>
+      </c>
+      <c r="C12" s="30">
+        <v>8200</v>
+      </c>
+      <c r="D12" t="s">
+        <v>173</v>
+      </c>
+      <c r="E12" t="s">
+        <v>178</v>
+      </c>
+      <c r="F12" t="s">
+        <v>179</v>
+      </c>
+      <c r="G12" t="s">
+        <v>120</v>
+      </c>
+      <c r="H12" s="27" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A13" t="s">
+        <v>181</v>
+      </c>
+      <c r="B13" t="s">
+        <v>182</v>
+      </c>
+      <c r="C13" s="30">
+        <v>8210</v>
+      </c>
+      <c r="D13" t="s">
+        <v>183</v>
+      </c>
+      <c r="E13" t="s">
+        <v>184</v>
+      </c>
+      <c r="F13" t="s">
+        <v>185</v>
+      </c>
+      <c r="G13" t="s">
+        <v>133</v>
+      </c>
+      <c r="H13" s="27" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A14" t="s">
+        <v>186</v>
+      </c>
+      <c r="B14" t="s">
+        <v>187</v>
+      </c>
+      <c r="C14" s="30">
+        <v>8211</v>
+      </c>
+      <c r="D14" t="s">
+        <v>188</v>
+      </c>
+      <c r="E14" t="s">
+        <v>189</v>
+      </c>
+      <c r="F14" t="s">
+        <v>190</v>
+      </c>
+      <c r="G14" t="s">
+        <v>120</v>
+      </c>
+      <c r="H14" s="27" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A15" t="s">
+        <v>192</v>
+      </c>
+      <c r="B15" t="s">
+        <v>193</v>
+      </c>
+      <c r="C15" s="30">
+        <v>8400</v>
+      </c>
+      <c r="D15" t="s">
+        <v>194</v>
+      </c>
+      <c r="E15" t="s">
+        <v>195</v>
+      </c>
+      <c r="F15" t="s">
+        <v>196</v>
+      </c>
+      <c r="G15" t="s">
+        <v>133</v>
+      </c>
+      <c r="H15" s="27" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A16" t="s">
+        <v>198</v>
+      </c>
+      <c r="B16" t="s">
+        <v>199</v>
+      </c>
+      <c r="C16" s="30">
+        <v>8660</v>
+      </c>
+      <c r="D16" t="s">
+        <v>200</v>
+      </c>
+      <c r="E16" t="s">
+        <v>201</v>
+      </c>
+      <c r="F16" t="s">
+        <v>202</v>
+      </c>
+      <c r="G16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>203</v>
+      </c>
+      <c r="C17" s="30">
+        <v>9000</v>
+      </c>
+      <c r="D17" t="s">
+        <v>204</v>
+      </c>
+      <c r="E17" t="s">
+        <v>205</v>
+      </c>
+      <c r="F17" t="s">
+        <v>206</v>
+      </c>
+      <c r="G17" t="s">
+        <v>133</v>
+      </c>
+      <c r="H17" s="27" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A18" t="s">
+        <v>208</v>
+      </c>
+      <c r="B18" t="s">
+        <v>209</v>
+      </c>
+      <c r="C18" s="30">
+        <v>9040</v>
+      </c>
+      <c r="D18" t="s">
+        <v>204</v>
+      </c>
+      <c r="E18" t="s">
+        <v>210</v>
+      </c>
+      <c r="F18" t="s">
+        <v>211</v>
+      </c>
+      <c r="G18" t="s">
+        <v>133</v>
+      </c>
+      <c r="H18" s="27" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A19" t="s">
+        <v>213</v>
+      </c>
+      <c r="B19" t="s">
+        <v>214</v>
+      </c>
+      <c r="C19" s="30">
+        <v>9551</v>
+      </c>
+      <c r="D19" t="s">
+        <v>215</v>
+      </c>
+      <c r="E19" t="s">
+        <v>216</v>
+      </c>
+      <c r="F19" t="s">
+        <v>217</v>
+      </c>
+      <c r="G19" t="s">
+        <v>133</v>
+      </c>
+      <c r="H19" s="27" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A20" t="s">
+        <v>219</v>
+      </c>
+      <c r="B20" t="s">
+        <v>220</v>
+      </c>
+      <c r="C20" s="30">
+        <v>9552</v>
+      </c>
+      <c r="D20" t="s">
+        <v>221</v>
+      </c>
+      <c r="E20" t="s">
+        <v>222</v>
+      </c>
+      <c r="F20" t="s">
+        <v>223</v>
+      </c>
+      <c r="G20" t="s">
+        <v>133</v>
+      </c>
+      <c r="H20" s="27" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="84.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" t="s">
+        <v>198</v>
+      </c>
+      <c r="B21" t="s">
+        <v>225</v>
+      </c>
+      <c r="C21" s="30" t="s">
+        <v>226</v>
+      </c>
+      <c r="D21" t="s">
+        <v>227</v>
+      </c>
+      <c r="E21" t="s">
+        <v>80</v>
+      </c>
+      <c r="F21" t="s">
+        <v>228</v>
+      </c>
+      <c r="G21" t="s">
+        <v>229</v>
+      </c>
+      <c r="H21" s="27" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A22" t="s">
+        <v>231</v>
+      </c>
+      <c r="B22" t="s">
+        <v>232</v>
+      </c>
+      <c r="C22" s="30" t="s">
+        <v>233</v>
+      </c>
+      <c r="D22" t="s">
+        <v>234</v>
+      </c>
+      <c r="E22" t="s">
+        <v>235</v>
+      </c>
+      <c r="F22" t="s">
+        <v>236</v>
+      </c>
+      <c r="G22" t="s">
+        <v>120</v>
+      </c>
+      <c r="H22" s="27" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A23" t="s">
+        <v>238</v>
+      </c>
+      <c r="B23" t="s">
+        <v>239</v>
+      </c>
+      <c r="C23" s="30" t="s">
+        <v>240</v>
+      </c>
+      <c r="D23" t="s">
+        <v>241</v>
+      </c>
+      <c r="E23" t="s">
+        <v>242</v>
+      </c>
+      <c r="F23" t="s">
+        <v>243</v>
+      </c>
+      <c r="G23" t="s">
+        <v>133</v>
+      </c>
+      <c r="H23" s="27" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A24" t="s">
+        <v>245</v>
+      </c>
+      <c r="B24" t="s">
+        <v>246</v>
+      </c>
+      <c r="C24" s="30" t="s">
+        <v>247</v>
+      </c>
+      <c r="D24" t="s">
+        <v>248</v>
+      </c>
+      <c r="E24" t="s">
+        <v>249</v>
+      </c>
+      <c r="F24" t="s">
+        <v>250</v>
+      </c>
+      <c r="G24" t="s">
+        <v>120</v>
+      </c>
+      <c r="H24" s="27" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A25" t="s">
+        <v>252</v>
+      </c>
+      <c r="B25" t="s">
+        <v>253</v>
+      </c>
+      <c r="C25" s="30" t="s">
+        <v>254</v>
+      </c>
+      <c r="D25" t="s">
+        <v>255</v>
+      </c>
+      <c r="E25" t="s">
+        <v>256</v>
+      </c>
+      <c r="F25" t="s">
+        <v>257</v>
+      </c>
+      <c r="G25" t="s">
+        <v>133</v>
+      </c>
+      <c r="H25" s="27" t="s">
+        <v>259</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <ignoredErrors>
+    <ignoredError sqref="C21:C22 C23:C25" numberStoredAsText="1"/>
+  </ignoredErrors>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5AE64270-A37A-4679-B396-31392BD18937}">
+  <dimension ref="A1:F22"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A19" sqref="A19"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="36" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="31.6640625" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="29.88671875" style="4" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="35.6640625" style="4" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.6640625" style="4" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8" style="4" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="154.88671875" style="4" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="36" style="4"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="33" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B2" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" s="9" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D3" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="9" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" s="9" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F5" s="9" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A6" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="F6" s="22" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="26"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="19"/>
+      <c r="D7" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="E7" s="21"/>
+      <c r="F7" s="23"/>
+    </row>
+    <row r="8" spans="1:6" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F8" s="9" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F9" s="9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F10" s="9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F11" s="9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F12" s="9" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F13" s="9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" s="9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="E15" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F15" s="9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="B1" s="15" t="s">
-[...9 lines deleted...]
-      <c r="F1" s="13" t="s">
+      <c r="C16" s="7" t="s">
         <v>70</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C2" s="6" t="s">
+      <c r="D16" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="E16" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F16" s="9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="31.8" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F17" s="9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="24" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E18" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="F18" s="9" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E19" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F19" s="9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="E20" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F20" s="9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E21" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F21" s="9" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="E22" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="F22" s="14" t="s">
         <v>101</v>
       </c>
-      <c r="D2" s="5" t="s">
-[...451 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:F1" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...6 lines deleted...]
-    <mergeCell ref="B1:C1"/>
+  <mergeCells count="5">
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="C6:C7"/>
+    <mergeCell ref="E6:E7"/>
+    <mergeCell ref="F6:F7"/>
   </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="C2" r:id="rId1" display="mailto:nedeneef@outlook.fr" xr:uid="{C5F53FF0-7C62-47F4-B5ED-B5B7E6CFD245}"/>
+    <hyperlink ref="C3" r:id="rId2" display="mailto:i.defrance@pharmadvance.be" xr:uid="{6480C588-3374-4141-9058-2E8FA48749AD}"/>
+    <hyperlink ref="C4" r:id="rId3" display="mailto:nathalie@nathaliedegroef.be" xr:uid="{3495A573-4B8C-4941-A8E8-31F435F21A66}"/>
+    <hyperlink ref="C5" r:id="rId4" display="mailto:emiliedegros@gmail.com" xr:uid="{62F99F39-F033-47A9-8320-F74C625172E3}"/>
+    <hyperlink ref="C6" r:id="rId5" display="mailto:justbegest@proximus.be" xr:uid="{E5DE4E7D-1DA2-4398-A6BE-DC2B34D89394}"/>
+    <hyperlink ref="C8" r:id="rId6" display="mailto:gaetan.flament@gmail.com" xr:uid="{7C914F50-B673-44BD-9F18-2EF83F53A631}"/>
+    <hyperlink ref="C9" r:id="rId7" display="mailto:pharmacien@upve.be" xr:uid="{5B621A00-04B0-4C5B-9412-652D54A66D9D}"/>
+    <hyperlink ref="C10" r:id="rId8" display="mailto:herne.patrick@belgacom.net" xr:uid="{2FB1D676-31D4-49F9-B77F-256765108E9B}"/>
+    <hyperlink ref="C11" r:id="rId9" display="mailto:pharmacie@pharmacie-hoyez.be" xr:uid="{4F15B554-6774-4054-A2D0-0369443FA2A4}"/>
+    <hyperlink ref="C12" r:id="rId10" display="mailto:sophie_hamelin@yahoo.com" xr:uid="{3BB15BEA-D254-4137-95BE-D5759210AC9C}"/>
+    <hyperlink ref="C13" r:id="rId11" display="mailto:laurent-nicole@outlook.be" xr:uid="{4C48D906-4634-4A89-A2CF-19B0E6B2B8E1}"/>
+    <hyperlink ref="C14" r:id="rId12" display="mailto:audicomaud@gmail.com" xr:uid="{9216FA3C-59C4-4382-9941-60F4BC120E6F}"/>
+    <hyperlink ref="C15" r:id="rId13" display="mailto:sophlukasik@hotmail.com" xr:uid="{A0E4D48D-D189-426A-BF89-57445810F651}"/>
+    <hyperlink ref="C16" r:id="rId14" display="mailto:ph.saintpierre@gmail.com" xr:uid="{95C18F02-46F0-44ED-B695-1C4F42E1A6B9}"/>
+    <hyperlink ref="C17" r:id="rId15" display="mailto:pharmacien.pizzoferrato@gmail.com" xr:uid="{915E267C-7AC7-4D32-B917-BE808304A6D6}"/>
+    <hyperlink ref="C18" r:id="rId16" display="mailto:ann_slabbaert@hotmail.com" xr:uid="{7925D035-ABE4-4CFD-AA3D-0086AC79876C}"/>
+    <hyperlink ref="C19" r:id="rId17" display="mailto:lstaquet@skynet.be" xr:uid="{D229C6C6-FE5B-4525-A4B3-221775BBE9C5}"/>
+    <hyperlink ref="C20" r:id="rId18" display="mailto:d.tenret@urpc.be" xr:uid="{73A96632-F808-4D91-A627-24F029AB3710}"/>
+    <hyperlink ref="C21" r:id="rId19" display="mailto:louise_vandepoel@hotmail.com" xr:uid="{03446617-08A8-4EBD-AB5C-37A6FBF4375F}"/>
+    <hyperlink ref="C22" r:id="rId20" display="mailto:robert.vilain@skynet.be" xr:uid="{7D66C48E-0CC0-4289-A2F5-FC483CEE0542}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId21"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE3CA0FD48C48E44A3078E348B071DA3" ma:contentTypeVersion="13" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="a5acc2409f7758559a0da81e7f80a92d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bcf7b1a9-798d-4806-895f-ad0cff8a8baa" xmlns:ns3="c6e85977-3708-4bfa-a048-e8d995b07fac" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0b38c1ff27e30bdd275b2349a88d987c" ns2:_="" ns3:_="">
+    <xsd:import namespace="bcf7b1a9-798d-4806-895f-ad0cff8a8baa"/>
+    <xsd:import namespace="c6e85977-3708-4bfa-a048-e8d995b07fac"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bcf7b1a9-798d-4806-895f-ad0cff8a8baa" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Balises d’images" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="241797e6-eb36-4736-86b8-4563ca9617df" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="16" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="17" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c6e85977-3708-4bfa-a048-e8d995b07fac" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Partagé avec détails" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Type de contenu"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titre"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bcf7b1a9-798d-4806-895f-ad0cff8a8baa">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39724931-4CC8-46E0-A107-97A61D83C5E2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="bcf7b1a9-798d-4806-895f-ad0cff8a8baa"/>
+    <ds:schemaRef ds:uri="c6e85977-3708-4bfa-a048-e8d995b07fac"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E2FDC2F-7308-49BD-A416-2204562B2DFA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F8BEBC9-C56E-4DA0-A10E-9665116CDAC5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="bcf7b1a9-798d-4806-895f-ad0cff8a8baa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c6e85977-3708-4bfa-a048-e8d995b07fac"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Werkbladen</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Formulierreacties 1</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>NL</vt:lpstr>
+      <vt:lpstr>FR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ellyne Meeus</dc:creator>
+  <dc:creator>Duquet Nathalie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100FE3CA0FD48C48E44A3078E348B071DA3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>